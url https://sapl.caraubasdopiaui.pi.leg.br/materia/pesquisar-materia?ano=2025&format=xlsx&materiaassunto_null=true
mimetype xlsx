--- v0 (2025-10-06)
+++ v1 (2026-02-04)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="448" uniqueCount="229">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="576" uniqueCount="289">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -208,78 +208,177 @@
     <t>Dispõe sobre a obrigatoriedade de identificação, por meio de adesivos, em todos os veículos próprios, locados ou cedidos que prestem serviços à Administração Pública do Município de Caraúbas do Piauí.</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/175/camscanner_06-08-2025_09.11.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº 12, que autoriza a abertura de crédito especial ao orçamento vigente do Município de Caraúbas do Piauí e dá outras providências.</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/179/projeto_de_lei_no_13_-_institui_a_taxa_de_manejo_de_residuos_solidos.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº 13, que "Institui a Taxa de Manejo de Resíduos Sólidos (TMRS) e dá outras providências".</t>
+  </si>
+  <si>
+    <t>184</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>THUCA MOTA</t>
+  </si>
+  <si>
+    <t>https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/184/projeto_de_lei_municipal_dia_do_vaqueiro.pdf</t>
+  </si>
+  <si>
+    <t>Institui o “Dia Municipal do Vaqueiro” no Município de Caraúbas do Piauí, Estado do Piauí e, dá outras providências.</t>
+  </si>
+  <si>
+    <t>185</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/185/projeto_de_lei_municipal_dia_do_pescador.pdf</t>
+  </si>
+  <si>
+    <t>Institui o “Dia Municipal do Pescador” no Município de Caraúbas do Piauí, Estado do Piauí e, dá outras providências.</t>
+  </si>
+  <si>
+    <t>189</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/189/projeto_de_lei_-_declaracao_de_utilidade_publica_da_liga_desportiva1.pdf</t>
+  </si>
+  <si>
+    <t>Que declara de utilidade pública municipal a Liga Desportiva de Caraúbas do Piuaí.</t>
+  </si>
+  <si>
+    <t>191</t>
+  </si>
+  <si>
+    <t>17</t>
+  </si>
+  <si>
+    <t>https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/191/orcamento_2026_.pdf</t>
+  </si>
+  <si>
+    <t>PROJETO DE LEI ORÇAMENTÁRIA PARA O EXERCÍCIO DE 2026</t>
+  </si>
+  <si>
+    <t>194</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/194/projeto_de_lei_ppa_ok.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre o Plano Plurianual para o período de 2026/2029.</t>
+  </si>
+  <si>
+    <t>196</t>
+  </si>
+  <si>
+    <t>19</t>
+  </si>
+  <si>
+    <t>https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/196/pl__justificativa_merged.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre Abertura de Crédito Adicional Especial e dá outras providências.</t>
+  </si>
+  <si>
+    <t>198</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/198/projeto_de_lei_que_dispoe_sobre_a_criacao_do_conselho_municipal_do_idoso.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a criação do Conselho Municipal dos Direitos da Pessoa Idosa e do Fundo Municipal dos Direitosda Pessoa Idosa e dá outras providências.</t>
+  </si>
+  <si>
+    <t>192</t>
+  </si>
+  <si>
+    <t>PLC</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Complementar</t>
+  </si>
+  <si>
+    <t>https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/192/pl_-_consolidacao_-_cargos_efetivos_-_caraubas_do_piaui1.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a Consolidação do Quadro Geral de Cargos e fixa padrões de vencimentos dos servidores municipais de Caraúbas do Piauí e dá outras providências</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>GUILHERME SAMPAIO</t>
   </si>
   <si>
     <t>https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/142/projeto_de_decreto_legislativo_n._2_-_titulo_cidadao.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de título de cidadão honorário, e dá outras providências._x000D_
 _x000D_
 Concede título de cidadão honorário a André Fonteneles Lima, em reconhecimento aos bons e relevantes serviços prestados ao Município de Caraúbas do Piauí.</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>THUCA MOTA</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/145/projeto_de_decreto_legislativo_003-25.pdf</t>
   </si>
   <si>
     <t>Concede título de cidadão honorário a Srª. Zilmar Silva da Penha, em reconhecimento aos bons e relevantes serviços prestados ao Município de Caraúbas do Piauí.</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
     <t>https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/162/projeto_de_decreto_legislativo_004-25.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de título de cidadão honorário, e dá outras providências. Sr. Marcos Aurélio Pádua Ribeiro Gonçalves de Sampaio</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
     <t>https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/164/projeto_de_decreto_legislativo_005-25.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de título de cidadão honorário, e dá outras providências - Sr. Felipe de Souza Rezende Sampaio</t>
   </si>
   <si>
     <t>168</t>
@@ -416,128 +515,107 @@
   <si>
     <t>Solicitar a Chefe do Poder Executivo, através do órgão competente (Secretaria de Obras), pedido de colocação de dois bueiros, um na localidade Recanto e outro na localidade Boiadas, na saída para a localidade Boa Vista</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
     <t>https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/151/12-2025_requerimento_n._12_-_praca_-_mariano.pdf</t>
   </si>
   <si>
     <t>Construção de uma Praça em frente à Igreja de São Sebastião no Povoado Olho D’agua dos Balduínos.</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
     <t>https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/152/13-2025_requerimento_n._13_-_calcamento_canto_do_atalho_-_andrea.pdf</t>
   </si>
   <si>
     <t>Construção de pavimentação de calçamento nas Ruas dos Nazários, sendo 120m e na Rua do Campo, sendo 140m</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>14</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/153/14-2025_requerimento_n._14_-_reforma_praca_canto_do_atalho_-_andrea.pdf</t>
   </si>
   <si>
     <t>Reforma da Praça de São Raimundo Nonato com a barraca de lanches, na localidade do Canto do Atalho.</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>15</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/159/15-2025_requerimento_n._15_-_abastecimento_de_agua_-_guilherme.pdf</t>
   </si>
   <si>
     <t>Requerer a construção do abastecimento de água na localidade do Tamboril.</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>16</t>
-[...1 lines deleted...]
-  <si>
     <t>ANA PAULA PACHECO, LEANDRO TEODORO, PROF MARIANO, THUCA MOTA</t>
   </si>
   <si>
     <t>https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/160/16-2015_requerimento_frota_caraubas_-_4_vereadores.pdf</t>
   </si>
   <si>
     <t>Requerimento nº 16, que requere relatório contendo informações detalhadas sobre toda a frota de veículos automotores atualmente à disposição do Município de Caraúbas do Piauí, Veículos próprios da municipalidade e Veículos locados - Autores Vers. Ana Paula Pacheco, Leandro Teodoro, Profº. Mariano e Thuca Mota</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>17</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/161/17-2025_requerimento_n._17_-_40h_professores_-_4_vereadores.pdf</t>
   </si>
   <si>
     <t>Requerimento nº 17, que requere a análise de um anteprojeto de lei para alteração de regime de trabalho dos professores de 20 horas semanais para 40 horas semanais e posterior envio pelo Executivo para esta Casa Legislativa para discutirmos e votarmos -  Autores Vers. Ana Paula Pacheco, Leandro Teodoro, Profº. Mariano e Thuca Mota</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>18</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/163/18-2025_requerimento_n._18_-_quadra_olho_dagua__-_adriano.pdf</t>
   </si>
   <si>
     <t>Requer a construção de uma quadra poliesportiva no Povoado Olho D’água dos Balduínos.</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>19</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/165/19-2025_requerimento_n._19_-_ponte_jurema__-_adriano.pdf</t>
   </si>
   <si>
     <t>Requer a construção de uma ponte na Jurema, sentido quem vai para o Liomar.</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>20</t>
-[...1 lines deleted...]
-  <si>
     <t>ANA PAULA PACHECO, ANDREA RIBEIRO, LEANDRO TEODORO, PROF MARIANO, THUCA MOTA</t>
   </si>
   <si>
     <t>https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/166/20-2025_requerimento_n._20_-_emendas_a_ldo_2026.pdf</t>
   </si>
   <si>
     <t>Que requer a Vossa Excelência que sejam recebidas, para fins de deliberação, as emendas ao Projeto de Lei de Diretrizes Orçamentárias para o exercício financeiro de 2026, atualmente em tramitação nesta Câmara Municipal.</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/169/21-2025_requerimento_n._21_-_animais_interior_-_andrea.pdf</t>
   </si>
   <si>
     <t>Requere a possiblidade de ampliação para estradas vicinais e povoados da proibição de permanência de animais soltos em vias públicas, terrenos baldios e estradas vicinais.</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
     <t>22</t>
@@ -638,111 +716,213 @@
   <si>
     <t>182</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/182/30_-_requerimento_recuperacao_calcamento_malahada_grande_-_andrea.pdf</t>
   </si>
   <si>
     <t>Requer a recuperação e manutenção do Calçamento do Povoado Malhada Grande.</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/183/31_-_requerimento_vereador_crystennys_mota.pdf</t>
   </si>
   <si>
     <t>REQUERER: Que seja disponibilizada a esta Casa Legislativa cópia integral de todo o processo administrativo firmado entre a Prefeitura Municipal de Caraúbas do Piauí e a empresa Águas do Piauí/Aegea.</t>
   </si>
   <si>
+    <t>186</t>
+  </si>
+  <si>
+    <t>32</t>
+  </si>
+  <si>
+    <t>LEANDRO TEODORO</t>
+  </si>
+  <si>
+    <t>https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/186/32_-_requerimento_casa_de_apoio_em_phb_-_leandro_teodoro.pdf</t>
+  </si>
+  <si>
+    <t>Requer a Criação de uma Casa de Apoio para pessoas em tratamento de saúde na cidade de Parnaíba.</t>
+  </si>
+  <si>
+    <t>187</t>
+  </si>
+  <si>
+    <t>33</t>
+  </si>
+  <si>
+    <t>https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/187/33_-_requerimento_doacao_de_leite_-_ana_paula.pdf</t>
+  </si>
+  <si>
+    <t>Requer a Doação de Leite Especial para crianças com APLV e intolerância à lactose (0 a 2 anos).</t>
+  </si>
+  <si>
+    <t>188</t>
+  </si>
+  <si>
+    <t>34</t>
+  </si>
+  <si>
+    <t>https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/188/34_-_requerimento_recuperacao_estrada_-_mariano.pdf</t>
+  </si>
+  <si>
+    <t>Requerer a recuperação da Estrada Vicinal que liga a Sede do Município ao Povoado Vermelha.</t>
+  </si>
+  <si>
+    <t>190</t>
+  </si>
+  <si>
+    <t>35</t>
+  </si>
+  <si>
+    <t>https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/190/35_-_requerimento_secretaria_da_mulher_-_ana_paula.pdf</t>
+  </si>
+  <si>
+    <t>Requer a efetiva atuação da Secretaria da Mulher na promoção de políticas públicas em favor da mulher</t>
+  </si>
+  <si>
     <t>177</t>
   </si>
   <si>
     <t>VET</t>
   </si>
   <si>
     <t>Veto</t>
   </si>
   <si>
     <t>https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/177/veto_parcial_ao_autografo_ao_pl_n._10_-_ldo.pdf</t>
   </si>
   <si>
     <t>VETO PARCIAL: Ao Autógrafo do Projeto de Lei nº 10, que "Dispõe sobre as diretrizes orçamentárias para elaboração e execução da lei de orçamento para o ano de 2026, e dá outras providências".</t>
   </si>
   <si>
+    <t>199</t>
+  </si>
+  <si>
+    <t>https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/199/veto_integral_plc_001-2025.pdf</t>
+  </si>
+  <si>
+    <t>VETO INTEGRAL ao Autógrafo do Projeto de Lei Complementar nº 01/2025, que “dispõe sobre a consolidação do quadro geral de cargos e fixa padrões de vencimentos dos servidores municipais de Caraúbas do Piauí/PI e dá outras providências”, aprovado em sessões realizadas nos dias 1º e 15 de dezembro de 2025.</t>
+  </si>
+  <si>
+    <t>200</t>
+  </si>
+  <si>
+    <t>https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/200/veto_parcial_loa_.pdf</t>
+  </si>
+  <si>
+    <t>Vetar parcialmente o Autógrafo do Projeto de Lei nº 17/2025, que “Estima a receita e fixa a despesa do Município de Caraúbas do Piauí para o exercício financeiro de 2026”, exclusivamente no que se refere às disposições introduzidas pela Emenda Modificativa e Supressiva nº 01/2025, mantendo-se íntegro e sancionado o texto original encaminhado pelo Poder Executivo.</t>
+  </si>
+  <si>
     <t>155</t>
   </si>
   <si>
     <t>PCJR</t>
   </si>
   <si>
     <t>Parecer da Comissão de Justiça e Redação</t>
   </si>
   <si>
     <t>CJR - COMISSÃO DE JUSTIÇA E REDAÇÃO</t>
   </si>
   <si>
     <t>https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/155/parecer_cjr_p._06.pdf</t>
   </si>
   <si>
     <t>Parecer ao Projeto de Lei nº 06, que implementa e regulamenta medidas de execução de atividades da modalidade Educação de Jovens e Adultos – EJA no âmbito do município de Caraúbas do Piauí e dá outras providências.</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
     <t>https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/157/parecer_cjr_p._07.pdf</t>
   </si>
   <si>
     <t>Parecer ao Projeto de Lei nº 07, que cria cargos em comissão no âmbito da Câmara Municipal de Caraúbas do Piauí, define suas atribuições e dá outras providências</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
     <t>PCFO</t>
   </si>
   <si>
     <t>Parecer da Comissão de Finanças e Orçamento</t>
   </si>
   <si>
     <t>CFO - COMISSÃO DE FINANÇAS E ORÇAMENTO</t>
   </si>
   <si>
     <t>https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/156/paracer_cfo_p._06.pdf</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
     <t>https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/158/parecer_cfo_p._07.pdf</t>
+  </si>
+  <si>
+    <t>197</t>
+  </si>
+  <si>
+    <t>ESUP</t>
+  </si>
+  <si>
+    <t>Emenda Supressiva</t>
+  </si>
+  <si>
+    <t>https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/197/emenda_loa.pdf</t>
+  </si>
+  <si>
+    <t>EMENDA MODIFICATIVA E SUPRESSIVA Nº 01/2025 Ao Projeto de Lei nº 17/2025 Estima a receita e fixa a despesa do Município de Caraúbas do Piauí para o exercício financeiro de 2026.</t>
+  </si>
+  <si>
+    <t>195</t>
+  </si>
+  <si>
+    <t>EMO</t>
+  </si>
+  <si>
+    <t>Emenda Modificativa</t>
+  </si>
+  <si>
+    <t>ANDREA RIBEIRO, ANA PAULA PACHECO, LEANDRO TEODORO, PROF MARIANO, THUCA MOTA</t>
+  </si>
+  <si>
+    <t>https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/195/emenda_a_loa.pdf</t>
+  </si>
+  <si>
+    <t>EMENDA MODIFICATIVA E SUPRESSIVA Nº 01/2025 - Ao Projeto de Lei nº 17/2025, que estima a receita e fixa a despesa do Município de Caraúbas do Piauí para o exercício financeiro de 2026.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -1046,68 +1226,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/126/oficio_10.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/128/oficio_11.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/129/projeto_de_lei_n._3.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/130/projeto_piso_professores.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/140/p._05_-_transporte_universit_rio.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/141/pl_-_eja_2025_-_caraubas_ok.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/147/projeto_de_lei_n._07_-_cargos_em_comissao.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/148/projeto_de_lei_-_emulti_e_oficio.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/149/projeto_de_lei_-_verba_indenizatoria.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/154/projeto_lei_ldo_2026_atual.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/167/pl_011-2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/175/camscanner_06-08-2025_09.11.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/179/projeto_de_lei_no_13_-_institui_a_taxa_de_manejo_de_residuos_solidos.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/142/projeto_de_decreto_legislativo_n._2_-_titulo_cidadao.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/145/projeto_de_decreto_legislativo_003-25.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/162/projeto_de_decreto_legislativo_004-25.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/164/projeto_de_decreto_legislativo_005-25.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/168/projeto_de_decreto_legislativo_006-25.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/170/projeto_de_decreto_legislativo_007-25.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/131/1_-_requerimento_onibus_-_thuca_mota.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/132/req-02-2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/133/3-2025_manutencao_calcamento_-_mariano.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/134/4-2025_coleta_de_lixo_-_mariano.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/135/5-2025_construcao_de_praca_-_jailson.docx.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/136/6-2025_construcao_praca_rosario_-_guilherme.docx.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/137/7-2025_construcao_praca_adobes_-_guilherme.docx.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/138/8-2025_construcao_praca_vermelha_-_adriano.docx.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/139/9-2025_insalubridade_e_adicional_noturno_dos_motorista_-_andrea.docx.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/144/requerimento_n._10_-_bueiro.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/150/11-2025_-_requerimento_n._11_-_bueiro_-_mariano.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/151/12-2025_requerimento_n._12_-_praca_-_mariano.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/152/13-2025_requerimento_n._13_-_calcamento_canto_do_atalho_-_andrea.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/153/14-2025_requerimento_n._14_-_reforma_praca_canto_do_atalho_-_andrea.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/159/15-2025_requerimento_n._15_-_abastecimento_de_agua_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/160/16-2015_requerimento_frota_caraubas_-_4_vereadores.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/161/17-2025_requerimento_n._17_-_40h_professores_-_4_vereadores.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/163/18-2025_requerimento_n._18_-_quadra_olho_dagua__-_adriano.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/165/19-2025_requerimento_n._19_-_ponte_jurema__-_adriano.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/166/20-2025_requerimento_n._20_-_emendas_a_ldo_2026.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/169/21-2025_requerimento_n._21_-_animais_interior_-_andrea.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/171/22_-_requerimento_estrada_canto_dos_abdias_-_thuca.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/172/23_-_requerimento_estrada_fortuna_-_thuca.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/173/24_-_requerimento_revalitacao_capela_otilia_-_jailson.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/174/25_-_requerimento_revalitacao_de_estradas_vicinais_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/176/26_-_requerimento_informacoes_sobre_a_gestao_da_agua_-_ana_paula.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/178/27_-_requerimento_recuperacao_estrada_-_mariano.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/180/28_-_requerimento_iluminacao_publica_-_jailson.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/181/29_-_requerimento_iluminacao_publica_e_passarela_-_ana_paula.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/182/30_-_requerimento_recuperacao_calcamento_malahada_grande_-_andrea.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/183/31_-_requerimento_vereador_crystennys_mota.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/177/veto_parcial_ao_autografo_ao_pl_n._10_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/155/parecer_cjr_p._06.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/157/parecer_cjr_p._07.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/156/paracer_cfo_p._06.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/158/parecer_cfo_p._07.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/126/oficio_10.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/128/oficio_11.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/129/projeto_de_lei_n._3.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/130/projeto_piso_professores.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/140/p._05_-_transporte_universit_rio.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/141/pl_-_eja_2025_-_caraubas_ok.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/147/projeto_de_lei_n._07_-_cargos_em_comissao.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/148/projeto_de_lei_-_emulti_e_oficio.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/149/projeto_de_lei_-_verba_indenizatoria.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/154/projeto_lei_ldo_2026_atual.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/167/pl_011-2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/175/camscanner_06-08-2025_09.11.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/179/projeto_de_lei_no_13_-_institui_a_taxa_de_manejo_de_residuos_solidos.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/184/projeto_de_lei_municipal_dia_do_vaqueiro.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/185/projeto_de_lei_municipal_dia_do_pescador.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/189/projeto_de_lei_-_declaracao_de_utilidade_publica_da_liga_desportiva1.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/191/orcamento_2026_.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/194/projeto_de_lei_ppa_ok.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/196/pl__justificativa_merged.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/198/projeto_de_lei_que_dispoe_sobre_a_criacao_do_conselho_municipal_do_idoso.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/192/pl_-_consolidacao_-_cargos_efetivos_-_caraubas_do_piaui1.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/142/projeto_de_decreto_legislativo_n._2_-_titulo_cidadao.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/145/projeto_de_decreto_legislativo_003-25.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/162/projeto_de_decreto_legislativo_004-25.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/164/projeto_de_decreto_legislativo_005-25.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/168/projeto_de_decreto_legislativo_006-25.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/170/projeto_de_decreto_legislativo_007-25.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/131/1_-_requerimento_onibus_-_thuca_mota.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/132/req-02-2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/133/3-2025_manutencao_calcamento_-_mariano.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/134/4-2025_coleta_de_lixo_-_mariano.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/135/5-2025_construcao_de_praca_-_jailson.docx.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/136/6-2025_construcao_praca_rosario_-_guilherme.docx.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/137/7-2025_construcao_praca_adobes_-_guilherme.docx.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/138/8-2025_construcao_praca_vermelha_-_adriano.docx.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/139/9-2025_insalubridade_e_adicional_noturno_dos_motorista_-_andrea.docx.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/144/requerimento_n._10_-_bueiro.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/150/11-2025_-_requerimento_n._11_-_bueiro_-_mariano.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/151/12-2025_requerimento_n._12_-_praca_-_mariano.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/152/13-2025_requerimento_n._13_-_calcamento_canto_do_atalho_-_andrea.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/153/14-2025_requerimento_n._14_-_reforma_praca_canto_do_atalho_-_andrea.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/159/15-2025_requerimento_n._15_-_abastecimento_de_agua_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/160/16-2015_requerimento_frota_caraubas_-_4_vereadores.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/161/17-2025_requerimento_n._17_-_40h_professores_-_4_vereadores.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/163/18-2025_requerimento_n._18_-_quadra_olho_dagua__-_adriano.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/165/19-2025_requerimento_n._19_-_ponte_jurema__-_adriano.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/166/20-2025_requerimento_n._20_-_emendas_a_ldo_2026.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/169/21-2025_requerimento_n._21_-_animais_interior_-_andrea.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/171/22_-_requerimento_estrada_canto_dos_abdias_-_thuca.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/172/23_-_requerimento_estrada_fortuna_-_thuca.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/173/24_-_requerimento_revalitacao_capela_otilia_-_jailson.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/174/25_-_requerimento_revalitacao_de_estradas_vicinais_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/176/26_-_requerimento_informacoes_sobre_a_gestao_da_agua_-_ana_paula.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/178/27_-_requerimento_recuperacao_estrada_-_mariano.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/180/28_-_requerimento_iluminacao_publica_-_jailson.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/181/29_-_requerimento_iluminacao_publica_e_passarela_-_ana_paula.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/182/30_-_requerimento_recuperacao_calcamento_malahada_grande_-_andrea.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/183/31_-_requerimento_vereador_crystennys_mota.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/186/32_-_requerimento_casa_de_apoio_em_phb_-_leandro_teodoro.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/187/33_-_requerimento_doacao_de_leite_-_ana_paula.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/188/34_-_requerimento_recuperacao_estrada_-_mariano.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/190/35_-_requerimento_secretaria_da_mulher_-_ana_paula.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/177/veto_parcial_ao_autografo_ao_pl_n._10_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/199/veto_integral_plc_001-2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/200/veto_parcial_loa_.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/155/parecer_cjr_p._06.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/157/parecer_cjr_p._07.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/156/paracer_cfo_p._06.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/158/parecer_cfo_p._07.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/197/emenda_loa.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caraubasdopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/195/emenda_a_loa.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H56"/>
+  <dimension ref="A1:H72"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="42.42578125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="82.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="147.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="152.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -1439,1132 +1619,1548 @@
       </c>
       <c r="D14" t="s">
         <v>11</v>
       </c>
       <c r="E14" t="s">
         <v>12</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" s="1" t="s">
         <v>64</v>
       </c>
       <c r="H14" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>66</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" t="s">
-        <v>17</v>
+        <v>67</v>
       </c>
       <c r="D15" t="s">
-        <v>67</v>
+        <v>11</v>
       </c>
       <c r="E15" t="s">
+        <v>12</v>
+      </c>
+      <c r="F15" t="s">
         <v>68</v>
       </c>
-      <c r="F15" t="s">
+      <c r="G15" s="1" t="s">
         <v>69</v>
       </c>
-      <c r="G15" s="1" t="s">
+      <c r="H15" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
+        <v>71</v>
+      </c>
+      <c r="B16" t="s">
+        <v>9</v>
+      </c>
+      <c r="C16" t="s">
         <v>72</v>
       </c>
-      <c r="B16" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D16" t="s">
-        <v>67</v>
+        <v>11</v>
       </c>
       <c r="E16" t="s">
+        <v>12</v>
+      </c>
+      <c r="F16" t="s">
         <v>68</v>
       </c>
-      <c r="F16" t="s">
+      <c r="G16" s="1" t="s">
         <v>73</v>
       </c>
-      <c r="G16" s="1" t="s">
+      <c r="H16" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
+        <v>75</v>
+      </c>
+      <c r="B17" t="s">
+        <v>9</v>
+      </c>
+      <c r="C17" t="s">
         <v>76</v>
       </c>
-      <c r="B17" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D17" t="s">
-        <v>67</v>
+        <v>11</v>
       </c>
       <c r="E17" t="s">
-        <v>68</v>
+        <v>12</v>
       </c>
       <c r="F17" t="s">
-        <v>73</v>
+        <v>13</v>
       </c>
       <c r="G17" s="1" t="s">
         <v>77</v>
       </c>
       <c r="H17" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>79</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
-        <v>29</v>
+        <v>80</v>
       </c>
       <c r="D18" t="s">
-        <v>67</v>
+        <v>11</v>
       </c>
       <c r="E18" t="s">
-        <v>68</v>
+        <v>12</v>
       </c>
       <c r="F18" t="s">
-        <v>73</v>
+        <v>13</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="H18" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
-        <v>33</v>
+        <v>84</v>
       </c>
       <c r="D19" t="s">
-        <v>67</v>
+        <v>11</v>
       </c>
       <c r="E19" t="s">
-        <v>68</v>
+        <v>12</v>
       </c>
       <c r="F19" t="s">
-        <v>83</v>
+        <v>13</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="H19" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
-        <v>37</v>
+        <v>88</v>
       </c>
       <c r="D20" t="s">
-        <v>67</v>
+        <v>11</v>
       </c>
       <c r="E20" t="s">
-        <v>68</v>
+        <v>12</v>
       </c>
       <c r="F20" t="s">
-        <v>73</v>
+        <v>13</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="H20" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
-        <v>10</v>
+        <v>92</v>
       </c>
       <c r="D21" t="s">
-        <v>90</v>
+        <v>11</v>
       </c>
       <c r="E21" t="s">
-        <v>91</v>
+        <v>12</v>
       </c>
       <c r="F21" t="s">
-        <v>73</v>
+        <v>13</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H21" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>90</v>
+        <v>96</v>
       </c>
       <c r="E22" t="s">
-        <v>91</v>
+        <v>97</v>
       </c>
       <c r="F22" t="s">
-        <v>95</v>
+        <v>13</v>
       </c>
       <c r="G22" s="1" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="H22" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="D23" t="s">
-        <v>90</v>
+        <v>101</v>
       </c>
       <c r="E23" t="s">
-        <v>91</v>
+        <v>102</v>
       </c>
       <c r="F23" t="s">
-        <v>55</v>
+        <v>103</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="H23" t="s">
-        <v>100</v>
+        <v>105</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
+        <v>106</v>
+      </c>
+      <c r="B24" t="s">
+        <v>9</v>
+      </c>
+      <c r="C24" t="s">
+        <v>21</v>
+      </c>
+      <c r="D24" t="s">
         <v>101</v>
       </c>
-      <c r="B24" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E24" t="s">
-        <v>91</v>
+        <v>102</v>
       </c>
       <c r="F24" t="s">
-        <v>55</v>
+        <v>68</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>102</v>
+        <v>107</v>
       </c>
       <c r="H24" t="s">
-        <v>103</v>
+        <v>108</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="D25" t="s">
-        <v>90</v>
+        <v>101</v>
       </c>
       <c r="E25" t="s">
-        <v>91</v>
+        <v>102</v>
       </c>
       <c r="F25" t="s">
-        <v>105</v>
+        <v>68</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="H25" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="D26" t="s">
-        <v>90</v>
+        <v>101</v>
       </c>
       <c r="E26" t="s">
-        <v>91</v>
+        <v>102</v>
       </c>
       <c r="F26" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="H26" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="D27" t="s">
-        <v>90</v>
+        <v>101</v>
       </c>
       <c r="E27" t="s">
-        <v>91</v>
+        <v>102</v>
       </c>
       <c r="F27" t="s">
-        <v>69</v>
+        <v>116</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>112</v>
+        <v>117</v>
       </c>
       <c r="H27" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
-        <v>114</v>
+        <v>119</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="D28" t="s">
-        <v>90</v>
+        <v>101</v>
       </c>
       <c r="E28" t="s">
-        <v>91</v>
+        <v>102</v>
       </c>
       <c r="F28" t="s">
-        <v>115</v>
+        <v>68</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="H28" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
-        <v>46</v>
+        <v>10</v>
       </c>
       <c r="D29" t="s">
-        <v>90</v>
+        <v>123</v>
       </c>
       <c r="E29" t="s">
-        <v>91</v>
+        <v>124</v>
       </c>
       <c r="F29" t="s">
-        <v>83</v>
+        <v>68</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>119</v>
+        <v>125</v>
       </c>
       <c r="H29" t="s">
-        <v>120</v>
+        <v>126</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
-        <v>121</v>
+        <v>127</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
-        <v>50</v>
+        <v>17</v>
       </c>
       <c r="D30" t="s">
-        <v>90</v>
+        <v>123</v>
       </c>
       <c r="E30" t="s">
-        <v>91</v>
+        <v>124</v>
       </c>
       <c r="F30" t="s">
-        <v>73</v>
+        <v>128</v>
       </c>
       <c r="G30" s="1" t="s">
-        <v>122</v>
+        <v>129</v>
       </c>
       <c r="H30" t="s">
-        <v>123</v>
+        <v>130</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
-        <v>124</v>
+        <v>131</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
-        <v>54</v>
+        <v>21</v>
       </c>
       <c r="D31" t="s">
-        <v>90</v>
+        <v>123</v>
       </c>
       <c r="E31" t="s">
-        <v>91</v>
+        <v>124</v>
       </c>
       <c r="F31" t="s">
         <v>55</v>
       </c>
       <c r="G31" s="1" t="s">
-        <v>125</v>
+        <v>132</v>
       </c>
       <c r="H31" t="s">
-        <v>126</v>
+        <v>133</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
-        <v>127</v>
+        <v>134</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
-        <v>59</v>
+        <v>25</v>
       </c>
       <c r="D32" t="s">
-        <v>90</v>
+        <v>123</v>
       </c>
       <c r="E32" t="s">
-        <v>91</v>
+        <v>124</v>
       </c>
       <c r="F32" t="s">
         <v>55</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>128</v>
+        <v>135</v>
       </c>
       <c r="H32" t="s">
-        <v>129</v>
+        <v>136</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
-        <v>130</v>
+        <v>137</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
-        <v>63</v>
+        <v>29</v>
       </c>
       <c r="D33" t="s">
-        <v>90</v>
+        <v>123</v>
       </c>
       <c r="E33" t="s">
-        <v>91</v>
+        <v>124</v>
       </c>
       <c r="F33" t="s">
-        <v>83</v>
+        <v>138</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>131</v>
+        <v>139</v>
       </c>
       <c r="H33" t="s">
-        <v>132</v>
+        <v>140</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
-        <v>133</v>
+        <v>141</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
-        <v>134</v>
+        <v>33</v>
       </c>
       <c r="D34" t="s">
-        <v>90</v>
+        <v>123</v>
       </c>
       <c r="E34" t="s">
-        <v>91</v>
+        <v>124</v>
       </c>
       <c r="F34" t="s">
-        <v>83</v>
+        <v>103</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>135</v>
+        <v>142</v>
       </c>
       <c r="H34" t="s">
-        <v>136</v>
+        <v>143</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
-        <v>137</v>
+        <v>144</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
-        <v>138</v>
+        <v>37</v>
       </c>
       <c r="D35" t="s">
-        <v>90</v>
+        <v>123</v>
       </c>
       <c r="E35" t="s">
-        <v>91</v>
+        <v>124</v>
       </c>
       <c r="F35" t="s">
-        <v>69</v>
+        <v>103</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>139</v>
+        <v>145</v>
       </c>
       <c r="H35" t="s">
-        <v>140</v>
+        <v>146</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
-        <v>141</v>
+        <v>147</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
-        <v>142</v>
+        <v>42</v>
       </c>
       <c r="D36" t="s">
-        <v>90</v>
+        <v>123</v>
       </c>
       <c r="E36" t="s">
-        <v>91</v>
+        <v>124</v>
       </c>
       <c r="F36" t="s">
-        <v>143</v>
+        <v>148</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="H36" t="s">
-        <v>145</v>
+        <v>150</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
-        <v>146</v>
+        <v>151</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
-        <v>147</v>
+        <v>46</v>
       </c>
       <c r="D37" t="s">
-        <v>90</v>
+        <v>123</v>
       </c>
       <c r="E37" t="s">
-        <v>91</v>
+        <v>124</v>
       </c>
       <c r="F37" t="s">
-        <v>143</v>
+        <v>116</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>148</v>
+        <v>152</v>
       </c>
       <c r="H37" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
-        <v>151</v>
+        <v>50</v>
       </c>
       <c r="D38" t="s">
-        <v>90</v>
+        <v>123</v>
       </c>
       <c r="E38" t="s">
-        <v>91</v>
+        <v>124</v>
       </c>
       <c r="F38" t="s">
-        <v>115</v>
+        <v>68</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="H38" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
-        <v>155</v>
+        <v>54</v>
       </c>
       <c r="D39" t="s">
-        <v>90</v>
+        <v>123</v>
       </c>
       <c r="E39" t="s">
-        <v>91</v>
+        <v>124</v>
       </c>
       <c r="F39" t="s">
-        <v>115</v>
+        <v>55</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="H39" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
-        <v>159</v>
+        <v>59</v>
       </c>
       <c r="D40" t="s">
-        <v>90</v>
+        <v>123</v>
       </c>
       <c r="E40" t="s">
-        <v>91</v>
+        <v>124</v>
       </c>
       <c r="F40" t="s">
-        <v>160</v>
+        <v>55</v>
       </c>
       <c r="G40" s="1" t="s">
         <v>161</v>
       </c>
       <c r="H40" t="s">
         <v>162</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
         <v>163</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
+        <v>63</v>
+      </c>
+      <c r="D41" t="s">
+        <v>123</v>
+      </c>
+      <c r="E41" t="s">
+        <v>124</v>
+      </c>
+      <c r="F41" t="s">
+        <v>116</v>
+      </c>
+      <c r="G41" s="1" t="s">
         <v>164</v>
       </c>
-      <c r="D41" t="s">
-[...8 lines deleted...]
-      <c r="G41" s="1" t="s">
+      <c r="H41" t="s">
         <v>165</v>
-      </c>
-[...1 lines deleted...]
-        <v>166</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
+        <v>166</v>
+      </c>
+      <c r="B42" t="s">
+        <v>9</v>
+      </c>
+      <c r="C42" t="s">
+        <v>67</v>
+      </c>
+      <c r="D42" t="s">
+        <v>123</v>
+      </c>
+      <c r="E42" t="s">
+        <v>124</v>
+      </c>
+      <c r="F42" t="s">
+        <v>116</v>
+      </c>
+      <c r="G42" s="1" t="s">
         <v>167</v>
       </c>
-      <c r="B42" t="s">
-[...2 lines deleted...]
-      <c r="C42" t="s">
+      <c r="H42" t="s">
         <v>168</v>
-      </c>
-[...13 lines deleted...]
-        <v>170</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
+        <v>169</v>
+      </c>
+      <c r="B43" t="s">
+        <v>9</v>
+      </c>
+      <c r="C43" t="s">
+        <v>72</v>
+      </c>
+      <c r="D43" t="s">
+        <v>123</v>
+      </c>
+      <c r="E43" t="s">
+        <v>124</v>
+      </c>
+      <c r="F43" t="s">
+        <v>103</v>
+      </c>
+      <c r="G43" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="H43" t="s">
         <v>171</v>
-      </c>
-[...19 lines deleted...]
-        <v>174</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
+        <v>172</v>
+      </c>
+      <c r="B44" t="s">
+        <v>9</v>
+      </c>
+      <c r="C44" t="s">
+        <v>76</v>
+      </c>
+      <c r="D44" t="s">
+        <v>123</v>
+      </c>
+      <c r="E44" t="s">
+        <v>124</v>
+      </c>
+      <c r="F44" t="s">
+        <v>173</v>
+      </c>
+      <c r="G44" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="H44" t="s">
         <v>175</v>
-      </c>
-[...19 lines deleted...]
-        <v>178</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
-        <v>179</v>
+        <v>176</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
-        <v>180</v>
+        <v>80</v>
       </c>
       <c r="D45" t="s">
-        <v>90</v>
+        <v>123</v>
       </c>
       <c r="E45" t="s">
-        <v>91</v>
+        <v>124</v>
       </c>
       <c r="F45" t="s">
-        <v>69</v>
+        <v>173</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>181</v>
+        <v>177</v>
       </c>
       <c r="H45" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
-        <v>183</v>
+        <v>179</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
-        <v>184</v>
+        <v>84</v>
       </c>
       <c r="D46" t="s">
-        <v>90</v>
+        <v>123</v>
       </c>
       <c r="E46" t="s">
-        <v>91</v>
+        <v>124</v>
       </c>
       <c r="F46" t="s">
-        <v>185</v>
+        <v>148</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>186</v>
+        <v>180</v>
       </c>
       <c r="H46" t="s">
-        <v>187</v>
+        <v>181</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
-        <v>188</v>
+        <v>182</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
-        <v>189</v>
+        <v>88</v>
       </c>
       <c r="D47" t="s">
-        <v>90</v>
+        <v>123</v>
       </c>
       <c r="E47" t="s">
-        <v>91</v>
+        <v>124</v>
       </c>
       <c r="F47" t="s">
-        <v>55</v>
+        <v>148</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>190</v>
+        <v>183</v>
       </c>
       <c r="H47" t="s">
-        <v>191</v>
+        <v>184</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
-        <v>192</v>
+        <v>185</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
-        <v>193</v>
+        <v>92</v>
       </c>
       <c r="D48" t="s">
-        <v>90</v>
+        <v>123</v>
       </c>
       <c r="E48" t="s">
-        <v>91</v>
+        <v>124</v>
       </c>
       <c r="F48" t="s">
-        <v>105</v>
+        <v>186</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>194</v>
+        <v>187</v>
       </c>
       <c r="H48" t="s">
-        <v>195</v>
+        <v>188</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
-        <v>196</v>
+        <v>189</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
-        <v>197</v>
+        <v>190</v>
       </c>
       <c r="D49" t="s">
-        <v>90</v>
+        <v>123</v>
       </c>
       <c r="E49" t="s">
-        <v>91</v>
+        <v>124</v>
       </c>
       <c r="F49" t="s">
-        <v>185</v>
+        <v>116</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>198</v>
+        <v>191</v>
       </c>
       <c r="H49" t="s">
-        <v>199</v>
+        <v>192</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
-        <v>200</v>
+        <v>193</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
-        <v>201</v>
+        <v>194</v>
       </c>
       <c r="D50" t="s">
-        <v>90</v>
+        <v>123</v>
       </c>
       <c r="E50" t="s">
-        <v>91</v>
+        <v>124</v>
       </c>
       <c r="F50" t="s">
-        <v>83</v>
+        <v>68</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>202</v>
+        <v>195</v>
       </c>
       <c r="H50" t="s">
-        <v>203</v>
+        <v>196</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
-        <v>204</v>
+        <v>197</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
-        <v>205</v>
+        <v>198</v>
       </c>
       <c r="D51" t="s">
-        <v>90</v>
+        <v>123</v>
       </c>
       <c r="E51" t="s">
-        <v>91</v>
+        <v>124</v>
       </c>
       <c r="F51" t="s">
-        <v>73</v>
+        <v>68</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>206</v>
+        <v>199</v>
       </c>
       <c r="H51" t="s">
-        <v>207</v>
+        <v>200</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
-        <v>208</v>
+        <v>201</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
-        <v>10</v>
+        <v>202</v>
       </c>
       <c r="D52" t="s">
-        <v>209</v>
+        <v>123</v>
       </c>
       <c r="E52" t="s">
-        <v>210</v>
+        <v>124</v>
       </c>
       <c r="F52" t="s">
-        <v>13</v>
+        <v>138</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>211</v>
+        <v>203</v>
       </c>
       <c r="H52" t="s">
-        <v>212</v>
+        <v>204</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
-        <v>213</v>
+        <v>205</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
-        <v>10</v>
+        <v>206</v>
       </c>
       <c r="D53" t="s">
-        <v>214</v>
+        <v>123</v>
       </c>
       <c r="E53" t="s">
-        <v>215</v>
+        <v>124</v>
       </c>
       <c r="F53" t="s">
-        <v>216</v>
+        <v>103</v>
       </c>
       <c r="G53" s="1" t="s">
-        <v>217</v>
+        <v>207</v>
       </c>
       <c r="H53" t="s">
-        <v>218</v>
+        <v>208</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
-        <v>219</v>
+        <v>209</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
-        <v>17</v>
+        <v>210</v>
       </c>
       <c r="D54" t="s">
-        <v>214</v>
+        <v>123</v>
       </c>
       <c r="E54" t="s">
-        <v>215</v>
+        <v>124</v>
       </c>
       <c r="F54" t="s">
-        <v>216</v>
+        <v>211</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>220</v>
+        <v>212</v>
       </c>
       <c r="H54" t="s">
-        <v>221</v>
+        <v>213</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
-        <v>222</v>
+        <v>214</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
-        <v>10</v>
+        <v>215</v>
       </c>
       <c r="D55" t="s">
-        <v>223</v>
+        <v>123</v>
       </c>
       <c r="E55" t="s">
-        <v>224</v>
+        <v>124</v>
       </c>
       <c r="F55" t="s">
-        <v>225</v>
+        <v>55</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>226</v>
+        <v>216</v>
       </c>
       <c r="H55" t="s">
-        <v>218</v>
+        <v>217</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
-        <v>227</v>
+        <v>218</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
-        <v>17</v>
+        <v>219</v>
       </c>
       <c r="D56" t="s">
-        <v>223</v>
+        <v>123</v>
       </c>
       <c r="E56" t="s">
-        <v>224</v>
+        <v>124</v>
       </c>
       <c r="F56" t="s">
-        <v>225</v>
+        <v>138</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>228</v>
+        <v>220</v>
       </c>
       <c r="H56" t="s">
         <v>221</v>
+      </c>
+    </row>
+    <row r="57" spans="1:8">
+      <c r="A57" t="s">
+        <v>222</v>
+      </c>
+      <c r="B57" t="s">
+        <v>9</v>
+      </c>
+      <c r="C57" t="s">
+        <v>223</v>
+      </c>
+      <c r="D57" t="s">
+        <v>123</v>
+      </c>
+      <c r="E57" t="s">
+        <v>124</v>
+      </c>
+      <c r="F57" t="s">
+        <v>211</v>
+      </c>
+      <c r="G57" s="1" t="s">
+        <v>224</v>
+      </c>
+      <c r="H57" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="58" spans="1:8">
+      <c r="A58" t="s">
+        <v>226</v>
+      </c>
+      <c r="B58" t="s">
+        <v>9</v>
+      </c>
+      <c r="C58" t="s">
+        <v>227</v>
+      </c>
+      <c r="D58" t="s">
+        <v>123</v>
+      </c>
+      <c r="E58" t="s">
+        <v>124</v>
+      </c>
+      <c r="F58" t="s">
+        <v>116</v>
+      </c>
+      <c r="G58" s="1" t="s">
+        <v>228</v>
+      </c>
+      <c r="H58" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="59" spans="1:8">
+      <c r="A59" t="s">
+        <v>230</v>
+      </c>
+      <c r="B59" t="s">
+        <v>9</v>
+      </c>
+      <c r="C59" t="s">
+        <v>231</v>
+      </c>
+      <c r="D59" t="s">
+        <v>123</v>
+      </c>
+      <c r="E59" t="s">
+        <v>124</v>
+      </c>
+      <c r="F59" t="s">
+        <v>68</v>
+      </c>
+      <c r="G59" s="1" t="s">
+        <v>232</v>
+      </c>
+      <c r="H59" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="60" spans="1:8">
+      <c r="A60" t="s">
+        <v>234</v>
+      </c>
+      <c r="B60" t="s">
+        <v>9</v>
+      </c>
+      <c r="C60" t="s">
+        <v>235</v>
+      </c>
+      <c r="D60" t="s">
+        <v>123</v>
+      </c>
+      <c r="E60" t="s">
+        <v>124</v>
+      </c>
+      <c r="F60" t="s">
+        <v>236</v>
+      </c>
+      <c r="G60" s="1" t="s">
+        <v>237</v>
+      </c>
+      <c r="H60" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="61" spans="1:8">
+      <c r="A61" t="s">
+        <v>239</v>
+      </c>
+      <c r="B61" t="s">
+        <v>9</v>
+      </c>
+      <c r="C61" t="s">
+        <v>240</v>
+      </c>
+      <c r="D61" t="s">
+        <v>123</v>
+      </c>
+      <c r="E61" t="s">
+        <v>124</v>
+      </c>
+      <c r="F61" t="s">
+        <v>211</v>
+      </c>
+      <c r="G61" s="1" t="s">
+        <v>241</v>
+      </c>
+      <c r="H61" t="s">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="62" spans="1:8">
+      <c r="A62" t="s">
+        <v>243</v>
+      </c>
+      <c r="B62" t="s">
+        <v>9</v>
+      </c>
+      <c r="C62" t="s">
+        <v>244</v>
+      </c>
+      <c r="D62" t="s">
+        <v>123</v>
+      </c>
+      <c r="E62" t="s">
+        <v>124</v>
+      </c>
+      <c r="F62" t="s">
+        <v>55</v>
+      </c>
+      <c r="G62" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="H62" t="s">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="63" spans="1:8">
+      <c r="A63" t="s">
+        <v>247</v>
+      </c>
+      <c r="B63" t="s">
+        <v>9</v>
+      </c>
+      <c r="C63" t="s">
+        <v>248</v>
+      </c>
+      <c r="D63" t="s">
+        <v>123</v>
+      </c>
+      <c r="E63" t="s">
+        <v>124</v>
+      </c>
+      <c r="F63" t="s">
+        <v>211</v>
+      </c>
+      <c r="G63" s="1" t="s">
+        <v>249</v>
+      </c>
+      <c r="H63" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="64" spans="1:8">
+      <c r="A64" t="s">
+        <v>251</v>
+      </c>
+      <c r="B64" t="s">
+        <v>9</v>
+      </c>
+      <c r="C64" t="s">
+        <v>10</v>
+      </c>
+      <c r="D64" t="s">
+        <v>252</v>
+      </c>
+      <c r="E64" t="s">
+        <v>253</v>
+      </c>
+      <c r="F64" t="s">
+        <v>13</v>
+      </c>
+      <c r="G64" s="1" t="s">
+        <v>254</v>
+      </c>
+      <c r="H64" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="65" spans="1:8">
+      <c r="A65" t="s">
+        <v>256</v>
+      </c>
+      <c r="B65" t="s">
+        <v>9</v>
+      </c>
+      <c r="C65" t="s">
+        <v>17</v>
+      </c>
+      <c r="D65" t="s">
+        <v>252</v>
+      </c>
+      <c r="E65" t="s">
+        <v>253</v>
+      </c>
+      <c r="F65" t="s">
+        <v>13</v>
+      </c>
+      <c r="G65" s="1" t="s">
+        <v>257</v>
+      </c>
+      <c r="H65" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="66" spans="1:8">
+      <c r="A66" t="s">
+        <v>259</v>
+      </c>
+      <c r="B66" t="s">
+        <v>9</v>
+      </c>
+      <c r="C66" t="s">
+        <v>21</v>
+      </c>
+      <c r="D66" t="s">
+        <v>252</v>
+      </c>
+      <c r="E66" t="s">
+        <v>253</v>
+      </c>
+      <c r="F66" t="s">
+        <v>13</v>
+      </c>
+      <c r="G66" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="H66" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="67" spans="1:8">
+      <c r="A67" t="s">
+        <v>262</v>
+      </c>
+      <c r="B67" t="s">
+        <v>9</v>
+      </c>
+      <c r="C67" t="s">
+        <v>10</v>
+      </c>
+      <c r="D67" t="s">
+        <v>263</v>
+      </c>
+      <c r="E67" t="s">
+        <v>264</v>
+      </c>
+      <c r="F67" t="s">
+        <v>265</v>
+      </c>
+      <c r="G67" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="H67" t="s">
+        <v>267</v>
+      </c>
+    </row>
+    <row r="68" spans="1:8">
+      <c r="A68" t="s">
+        <v>268</v>
+      </c>
+      <c r="B68" t="s">
+        <v>9</v>
+      </c>
+      <c r="C68" t="s">
+        <v>17</v>
+      </c>
+      <c r="D68" t="s">
+        <v>263</v>
+      </c>
+      <c r="E68" t="s">
+        <v>264</v>
+      </c>
+      <c r="F68" t="s">
+        <v>265</v>
+      </c>
+      <c r="G68" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="H68" t="s">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="69" spans="1:8">
+      <c r="A69" t="s">
+        <v>271</v>
+      </c>
+      <c r="B69" t="s">
+        <v>9</v>
+      </c>
+      <c r="C69" t="s">
+        <v>10</v>
+      </c>
+      <c r="D69" t="s">
+        <v>272</v>
+      </c>
+      <c r="E69" t="s">
+        <v>273</v>
+      </c>
+      <c r="F69" t="s">
+        <v>274</v>
+      </c>
+      <c r="G69" s="1" t="s">
+        <v>275</v>
+      </c>
+      <c r="H69" t="s">
+        <v>267</v>
+      </c>
+    </row>
+    <row r="70" spans="1:8">
+      <c r="A70" t="s">
+        <v>276</v>
+      </c>
+      <c r="B70" t="s">
+        <v>9</v>
+      </c>
+      <c r="C70" t="s">
+        <v>17</v>
+      </c>
+      <c r="D70" t="s">
+        <v>272</v>
+      </c>
+      <c r="E70" t="s">
+        <v>273</v>
+      </c>
+      <c r="F70" t="s">
+        <v>274</v>
+      </c>
+      <c r="G70" s="1" t="s">
+        <v>277</v>
+      </c>
+      <c r="H70" t="s">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="71" spans="1:8">
+      <c r="A71" t="s">
+        <v>278</v>
+      </c>
+      <c r="B71" t="s">
+        <v>9</v>
+      </c>
+      <c r="C71" t="s">
+        <v>10</v>
+      </c>
+      <c r="D71" t="s">
+        <v>279</v>
+      </c>
+      <c r="E71" t="s">
+        <v>280</v>
+      </c>
+      <c r="F71" t="s">
+        <v>186</v>
+      </c>
+      <c r="G71" s="1" t="s">
+        <v>281</v>
+      </c>
+      <c r="H71" t="s">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="72" spans="1:8">
+      <c r="A72" t="s">
+        <v>283</v>
+      </c>
+      <c r="B72" t="s">
+        <v>9</v>
+      </c>
+      <c r="C72" t="s">
+        <v>10</v>
+      </c>
+      <c r="D72" t="s">
+        <v>284</v>
+      </c>
+      <c r="E72" t="s">
+        <v>285</v>
+      </c>
+      <c r="F72" t="s">
+        <v>286</v>
+      </c>
+      <c r="G72" s="1" t="s">
+        <v>287</v>
+      </c>
+      <c r="H72" t="s">
+        <v>288</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -2580,50 +3176,66 @@
     <hyperlink ref="G32" r:id="rId31"/>
     <hyperlink ref="G33" r:id="rId32"/>
     <hyperlink ref="G34" r:id="rId33"/>
     <hyperlink ref="G35" r:id="rId34"/>
     <hyperlink ref="G36" r:id="rId35"/>
     <hyperlink ref="G37" r:id="rId36"/>
     <hyperlink ref="G38" r:id="rId37"/>
     <hyperlink ref="G39" r:id="rId38"/>
     <hyperlink ref="G40" r:id="rId39"/>
     <hyperlink ref="G41" r:id="rId40"/>
     <hyperlink ref="G42" r:id="rId41"/>
     <hyperlink ref="G43" r:id="rId42"/>
     <hyperlink ref="G44" r:id="rId43"/>
     <hyperlink ref="G45" r:id="rId44"/>
     <hyperlink ref="G46" r:id="rId45"/>
     <hyperlink ref="G47" r:id="rId46"/>
     <hyperlink ref="G48" r:id="rId47"/>
     <hyperlink ref="G49" r:id="rId48"/>
     <hyperlink ref="G50" r:id="rId49"/>
     <hyperlink ref="G51" r:id="rId50"/>
     <hyperlink ref="G52" r:id="rId51"/>
     <hyperlink ref="G53" r:id="rId52"/>
     <hyperlink ref="G54" r:id="rId53"/>
     <hyperlink ref="G55" r:id="rId54"/>
     <hyperlink ref="G56" r:id="rId55"/>
+    <hyperlink ref="G57" r:id="rId56"/>
+    <hyperlink ref="G58" r:id="rId57"/>
+    <hyperlink ref="G59" r:id="rId58"/>
+    <hyperlink ref="G60" r:id="rId59"/>
+    <hyperlink ref="G61" r:id="rId60"/>
+    <hyperlink ref="G62" r:id="rId61"/>
+    <hyperlink ref="G63" r:id="rId62"/>
+    <hyperlink ref="G64" r:id="rId63"/>
+    <hyperlink ref="G65" r:id="rId64"/>
+    <hyperlink ref="G66" r:id="rId65"/>
+    <hyperlink ref="G67" r:id="rId66"/>
+    <hyperlink ref="G68" r:id="rId67"/>
+    <hyperlink ref="G69" r:id="rId68"/>
+    <hyperlink ref="G70" r:id="rId69"/>
+    <hyperlink ref="G71" r:id="rId70"/>
+    <hyperlink ref="G72" r:id="rId71"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>